--- v0 (2025-12-04)
+++ v1 (2026-03-28)
@@ -30,72 +30,72 @@
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w14:paraId="32047FB3" w14:textId="297CE5D3" w:rsidR="00A02220" w:rsidRPr="009C32EE" w:rsidRDefault="00A02220" w:rsidP="009C32EE">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="36"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C32EE">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="36"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>FICHA DE PRÉ-INSCRIÇÃO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26924C9B" w14:textId="1D2D80BE" w:rsidR="00973EA5" w:rsidRPr="009C32EE" w:rsidRDefault="00A02220" w:rsidP="00973EA5">
+    <w:p w14:paraId="26924C9B" w14:textId="00E370D1" w:rsidR="00973EA5" w:rsidRPr="009C32EE" w:rsidRDefault="00096C7F" w:rsidP="00973EA5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C32EE">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Creche Municipal de Mourão</w:t>
+        <w:t>CRECHE MUNICIPAL DE MOURÃO</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DD2215B" w14:textId="6F8D18A5" w:rsidR="00B47E3A" w:rsidRPr="00BF1F57" w:rsidRDefault="00B47E3A" w:rsidP="00973EA5">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="E8E8E8" w:themeFill="background2"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:b/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BF1F57">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:b/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
@@ -338,90 +338,92 @@
             </w:r>
             <w:bookmarkStart w:id="0" w:name="Texto1"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00AA3F37">
-[...38 lines deleted...]
-            </w:r>
+            <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+            <w:r w:rsidR="00AA3F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AA3F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AA3F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AA3F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AA3F37">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="1"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B420B7" w:rsidRPr="009C32EE" w14:paraId="56B76298" w14:textId="77777777" w:rsidTr="006819B1">
         <w:trPr>
           <w:trHeight w:val="448"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1147" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
@@ -458,51 +460,51 @@
           <w:p w14:paraId="47C0E9DA" w14:textId="5E2BE175" w:rsidR="009C32EE" w:rsidRPr="009C32EE" w:rsidRDefault="009C32EE" w:rsidP="00AA3F37">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="1" w:name="Texto2"/>
+            <w:bookmarkStart w:id="2" w:name="Texto2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
@@ -530,51 +532,51 @@
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="1"/>
+            <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="258E568D" w14:textId="1BD61FB1" w:rsidR="009C32EE" w:rsidRPr="009C32EE" w:rsidRDefault="009C32EE" w:rsidP="009C32EE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C32EE">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -603,51 +605,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> </w:instrText>
             </w:r>
-            <w:bookmarkStart w:id="2" w:name="Texto3"/>
+            <w:bookmarkStart w:id="3" w:name="Texto3"/>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve">FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
@@ -675,51 +677,51 @@
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="2"/>
+            <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="473" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3CA9DAD7" w14:textId="26075B0C" w:rsidR="009C32EE" w:rsidRPr="009C32EE" w:rsidRDefault="009C32EE" w:rsidP="009C32EE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C32EE">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -739,51 +741,51 @@
           <w:p w14:paraId="5B3D4092" w14:textId="1A55C312" w:rsidR="009C32EE" w:rsidRPr="006819B1" w:rsidRDefault="009C32EE" w:rsidP="00AA3F37">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="Texto4"/>
+            <w:bookmarkStart w:id="4" w:name="Texto4"/>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
@@ -811,51 +813,51 @@
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="3"/>
+            <w:bookmarkEnd w:id="4"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="799" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4ED83007" w14:textId="5FA83A38" w:rsidR="009C32EE" w:rsidRPr="009C32EE" w:rsidRDefault="009C32EE" w:rsidP="009C32EE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C32EE">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>meses</w:t>
@@ -908,51 +910,51 @@
           <w:p w14:paraId="544E4A31" w14:textId="10E7AC1F" w:rsidR="00B420B7" w:rsidRPr="009C32EE" w:rsidRDefault="00B420B7" w:rsidP="00AA3F37">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="4" w:name="Texto5"/>
+            <w:bookmarkStart w:id="5" w:name="Texto5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
@@ -980,51 +982,51 @@
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="4"/>
+            <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B420B7" w:rsidRPr="009C32EE" w14:paraId="7A3F7F7A" w14:textId="77777777" w:rsidTr="006819B1">
         <w:trPr>
           <w:trHeight w:val="448"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="813" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="512BEB71" w14:textId="77777777" w:rsidR="00B420B7" w:rsidRPr="009C32EE" w:rsidRDefault="00B420B7" w:rsidP="009C32EE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -1052,51 +1054,51 @@
           <w:p w14:paraId="279B8C91" w14:textId="02C68A05" w:rsidR="00B420B7" w:rsidRPr="009C32EE" w:rsidRDefault="00B420B7" w:rsidP="00AA3F37">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="5" w:name="Texto6"/>
+            <w:bookmarkStart w:id="6" w:name="Texto6"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
@@ -1124,51 +1126,51 @@
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="5"/>
+            <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="683" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="74A2DE2D" w14:textId="77777777" w:rsidR="00B420B7" w:rsidRPr="009C32EE" w:rsidRDefault="00B420B7" w:rsidP="009C32EE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C32EE">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
@@ -1189,51 +1191,51 @@
           <w:p w14:paraId="156C63DB" w14:textId="370E315A" w:rsidR="00B420B7" w:rsidRPr="006819B1" w:rsidRDefault="00B420B7" w:rsidP="00AA3F37">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="Texto7"/>
+            <w:bookmarkStart w:id="7" w:name="Texto7"/>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
@@ -1261,51 +1263,51 @@
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="6"/>
+            <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B420B7" w:rsidRPr="009C32EE" w14:paraId="1173192E" w14:textId="77777777" w:rsidTr="006819B1">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="448"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1287" w:type="pct"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="16C38DD3" w14:textId="77777777" w:rsidR="00B420B7" w:rsidRPr="009C32EE" w:rsidRDefault="00B420B7" w:rsidP="009C32EE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
@@ -1333,51 +1335,51 @@
           <w:p w14:paraId="710A70FD" w14:textId="31859AFA" w:rsidR="00B420B7" w:rsidRPr="009C32EE" w:rsidRDefault="00B420B7" w:rsidP="00AA3F37">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="7" w:name="Texto8"/>
+            <w:bookmarkStart w:id="8" w:name="Texto8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
@@ -1405,51 +1407,51 @@
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="7"/>
+            <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1359" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="40664894" w14:textId="77777777" w:rsidR="00B420B7" w:rsidRPr="009C32EE" w:rsidRDefault="00B420B7" w:rsidP="009C32EE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C32EE">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
@@ -1470,51 +1472,51 @@
           <w:p w14:paraId="389D9BE9" w14:textId="50A51957" w:rsidR="00B420B7" w:rsidRPr="006819B1" w:rsidRDefault="00B420B7" w:rsidP="00AA3F37">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="8" w:name="Texto9"/>
+            <w:bookmarkStart w:id="9" w:name="Texto9"/>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
@@ -1542,51 +1544,51 @@
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="8"/>
+            <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B420B7" w:rsidRPr="009C32EE" w14:paraId="6E814C6E" w14:textId="77777777" w:rsidTr="006819B1">
         <w:trPr>
           <w:trHeight w:val="448"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="880" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3F88121A" w14:textId="77777777" w:rsidR="00B420B7" w:rsidRPr="009C32EE" w:rsidRDefault="00B420B7" w:rsidP="009C32EE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -1614,51 +1616,51 @@
           <w:p w14:paraId="0799C3E5" w14:textId="43EF9ECC" w:rsidR="00B420B7" w:rsidRPr="009C32EE" w:rsidRDefault="00B420B7" w:rsidP="00AA3F37">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="Texto10"/>
+            <w:bookmarkStart w:id="10" w:name="Texto10"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
@@ -1686,51 +1688,51 @@
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="9"/>
+            <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="500" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7A3F20BF" w14:textId="77777777" w:rsidR="00B420B7" w:rsidRPr="009C32EE" w:rsidRDefault="00B420B7" w:rsidP="009C32EE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C32EE">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -1750,51 +1752,51 @@
           <w:p w14:paraId="30FCD4ED" w14:textId="44CCB7C0" w:rsidR="00B420B7" w:rsidRPr="006819B1" w:rsidRDefault="00B420B7" w:rsidP="00AA3F37">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="10" w:name="Texto11"/>
+            <w:bookmarkStart w:id="11" w:name="Texto11"/>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
@@ -1822,51 +1824,51 @@
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="10"/>
+            <w:bookmarkEnd w:id="11"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="715E0AF9" w14:textId="77777777" w:rsidR="00A02220" w:rsidRPr="009C32EE" w:rsidRDefault="00A02220" w:rsidP="00A02220">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:b/>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D456CEA" w14:textId="77777777" w:rsidR="00B47E3A" w:rsidRPr="009C32EE" w:rsidRDefault="00B47E3A" w:rsidP="00A02220">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:b/>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
@@ -1972,51 +1974,51 @@
           <w:p w14:paraId="1C54AA7F" w14:textId="0FF6252F" w:rsidR="00B420B7" w:rsidRPr="009C32EE" w:rsidRDefault="00B420B7" w:rsidP="00AA3F37">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="11" w:name="Texto12"/>
+            <w:bookmarkStart w:id="12" w:name="Texto12"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
@@ -2044,51 +2046,51 @@
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="11"/>
+            <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BF1F57" w:rsidRPr="009C32EE" w14:paraId="27D13F73" w14:textId="77777777" w:rsidTr="006819B1">
         <w:trPr>
           <w:trHeight w:val="448"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1146" w:type="pct"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0C1DB401" w14:textId="77777777" w:rsidR="00B420B7" w:rsidRPr="009C32EE" w:rsidRDefault="00B420B7" w:rsidP="00B420B7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -2116,51 +2118,51 @@
           <w:p w14:paraId="456253ED" w14:textId="474C18C8" w:rsidR="00B420B7" w:rsidRPr="009C32EE" w:rsidRDefault="00B420B7" w:rsidP="00AA3F37">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="Texto13"/>
+            <w:bookmarkStart w:id="13" w:name="Texto13"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
@@ -2188,51 +2190,51 @@
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="12"/>
+            <w:bookmarkEnd w:id="13"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="412" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="75ABE447" w14:textId="77777777" w:rsidR="00B420B7" w:rsidRPr="009C32EE" w:rsidRDefault="00B420B7" w:rsidP="00B420B7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C32EE">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -2252,51 +2254,51 @@
           <w:p w14:paraId="683A8370" w14:textId="509698AE" w:rsidR="00B420B7" w:rsidRPr="006819B1" w:rsidRDefault="00B420B7" w:rsidP="00AA3F37">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto14"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="13" w:name="Texto14"/>
+            <w:bookmarkStart w:id="14" w:name="Texto14"/>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
@@ -2324,51 +2326,51 @@
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="13"/>
+            <w:bookmarkEnd w:id="14"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B420B7" w:rsidRPr="009C32EE" w14:paraId="2707103C" w14:textId="77777777" w:rsidTr="00BF1F57">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="448"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="540" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="686628BD" w14:textId="77777777" w:rsidR="00B420B7" w:rsidRPr="009C32EE" w:rsidRDefault="00B420B7" w:rsidP="00B420B7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
@@ -2396,51 +2398,51 @@
           <w:p w14:paraId="217BD780" w14:textId="71FAD405" w:rsidR="00B420B7" w:rsidRPr="009C32EE" w:rsidRDefault="00B420B7" w:rsidP="00AA3F37">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="14" w:name="Texto15"/>
+            <w:bookmarkStart w:id="15" w:name="Texto15"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
@@ -2468,51 +2470,51 @@
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="14"/>
+            <w:bookmarkEnd w:id="15"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BF1F57" w:rsidRPr="009C32EE" w14:paraId="189E0099" w14:textId="77777777" w:rsidTr="006819B1">
         <w:trPr>
           <w:trHeight w:val="448"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="809" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6C3C4465" w14:textId="77777777" w:rsidR="00B420B7" w:rsidRPr="009C32EE" w:rsidRDefault="00B420B7" w:rsidP="00B420B7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -2540,51 +2542,51 @@
           <w:p w14:paraId="55069341" w14:textId="04712DBB" w:rsidR="00B420B7" w:rsidRPr="009C32EE" w:rsidRDefault="00B420B7" w:rsidP="00AA3F37">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto16"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="Texto16"/>
+            <w:bookmarkStart w:id="16" w:name="Texto16"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
@@ -2612,51 +2614,51 @@
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="15"/>
+            <w:bookmarkEnd w:id="16"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="683" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0F372859" w14:textId="77777777" w:rsidR="00B420B7" w:rsidRPr="009C32EE" w:rsidRDefault="00B420B7" w:rsidP="00B420B7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C32EE">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
@@ -2677,51 +2679,51 @@
           <w:p w14:paraId="784C0D0F" w14:textId="782317D4" w:rsidR="00B420B7" w:rsidRPr="006819B1" w:rsidRDefault="00BF1F57" w:rsidP="00AA3F37">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="16" w:name="Texto17"/>
+            <w:bookmarkStart w:id="17" w:name="Texto17"/>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
@@ -2749,51 +2751,51 @@
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="16"/>
+            <w:bookmarkEnd w:id="17"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005B3BBD" w:rsidRPr="009C32EE" w14:paraId="4D0A2E3F" w14:textId="77777777" w:rsidTr="006819B1">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="448"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="1284" w:type="pct"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="102D3E04" w14:textId="77777777" w:rsidR="00B420B7" w:rsidRPr="009C32EE" w:rsidRDefault="00B420B7" w:rsidP="00B420B7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
@@ -2821,51 +2823,51 @@
           <w:p w14:paraId="0089A2B6" w14:textId="2E3147C9" w:rsidR="00B420B7" w:rsidRPr="009C32EE" w:rsidRDefault="00BF1F57" w:rsidP="00AA3F37">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto18"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="17" w:name="Texto18"/>
+            <w:bookmarkStart w:id="18" w:name="Texto18"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
@@ -2893,51 +2895,51 @@
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="17"/>
+            <w:bookmarkEnd w:id="18"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1359" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6BC9F519" w14:textId="77777777" w:rsidR="00B420B7" w:rsidRPr="009C32EE" w:rsidRDefault="00B420B7" w:rsidP="00B420B7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C32EE">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
@@ -2957,51 +2959,51 @@
           <w:p w14:paraId="3B33CB47" w14:textId="2E7DEAAD" w:rsidR="00B420B7" w:rsidRPr="00AA3F37" w:rsidRDefault="00BF1F57" w:rsidP="00AA3F37">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="Texto19"/>
+            <w:bookmarkStart w:id="19" w:name="Texto19"/>
             <w:r w:rsidRPr="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00AA3F37" w:rsidRPr="00AA3F37">
               <w:rPr>
@@ -3029,51 +3031,51 @@
             </w:r>
             <w:r w:rsidR="00AA3F37" w:rsidRPr="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00AA3F37" w:rsidRPr="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="18"/>
+            <w:bookmarkEnd w:id="19"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006819B1" w:rsidRPr="009C32EE" w14:paraId="571E1D1A" w14:textId="77777777" w:rsidTr="006819B1">
         <w:trPr>
           <w:trHeight w:val="448"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="339" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="154454EF" w14:textId="77777777" w:rsidR="00B420B7" w:rsidRPr="009C32EE" w:rsidRDefault="00B420B7" w:rsidP="00B420B7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -3100,51 +3102,51 @@
           <w:p w14:paraId="1A9D08D2" w14:textId="51428835" w:rsidR="00B420B7" w:rsidRPr="009C32EE" w:rsidRDefault="00BF1F57" w:rsidP="00AA3F37">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="19" w:name="Texto20"/>
+            <w:bookmarkStart w:id="20" w:name="Texto20"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
@@ -3172,51 +3174,51 @@
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="19"/>
+            <w:bookmarkEnd w:id="20"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="615" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6A6553E7" w14:textId="77777777" w:rsidR="00B420B7" w:rsidRPr="009C32EE" w:rsidRDefault="00B420B7" w:rsidP="00B420B7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C32EE">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
@@ -3237,51 +3239,51 @@
           <w:p w14:paraId="15682347" w14:textId="5732B44B" w:rsidR="00B420B7" w:rsidRPr="006819B1" w:rsidRDefault="00BF1F57" w:rsidP="00AA3F37">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="20" w:name="Texto21"/>
+            <w:bookmarkStart w:id="21" w:name="Texto21"/>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
@@ -3309,51 +3311,51 @@
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="20"/>
+            <w:bookmarkEnd w:id="21"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006819B1" w:rsidRPr="009C32EE" w14:paraId="10CE7319" w14:textId="77777777" w:rsidTr="006819B1">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="448"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="540" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="624508AA" w14:textId="77777777" w:rsidR="00B420B7" w:rsidRPr="009C32EE" w:rsidRDefault="00B420B7" w:rsidP="00B420B7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
@@ -3382,51 +3384,51 @@
           <w:p w14:paraId="394F6522" w14:textId="60051FBC" w:rsidR="00B420B7" w:rsidRPr="009C32EE" w:rsidRDefault="00BF1F57" w:rsidP="00AA3F37">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto22"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="Texto22"/>
+            <w:bookmarkStart w:id="22" w:name="Texto22"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
@@ -3454,51 +3456,51 @@
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="21"/>
+            <w:bookmarkEnd w:id="22"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1021" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3CD7B0EB" w14:textId="77777777" w:rsidR="00B420B7" w:rsidRPr="009C32EE" w:rsidRDefault="00B420B7" w:rsidP="00B420B7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C32EE">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
@@ -3519,51 +3521,51 @@
           <w:p w14:paraId="35E79867" w14:textId="33EA5669" w:rsidR="00B420B7" w:rsidRPr="006819B1" w:rsidRDefault="00BF1F57" w:rsidP="00AA3F37">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="22" w:name="Texto23"/>
+            <w:bookmarkStart w:id="23" w:name="Texto23"/>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
@@ -3591,51 +3593,51 @@
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="22"/>
+            <w:bookmarkEnd w:id="23"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00973EA5" w:rsidRPr="009C32EE" w14:paraId="4D7EE6A0" w14:textId="77777777" w:rsidTr="005B3BBD">
         <w:trPr>
           <w:trHeight w:val="448"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="406" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7A96F1F3" w14:textId="3B610D3B" w:rsidR="00973EA5" w:rsidRPr="009C32EE" w:rsidRDefault="00973EA5" w:rsidP="00B420B7">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
@@ -3664,51 +3666,51 @@
           <w:p w14:paraId="0BCCDE75" w14:textId="2FF7491E" w:rsidR="00973EA5" w:rsidRPr="006819B1" w:rsidRDefault="00BF1F57" w:rsidP="00AA3F37">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="23" w:name="Texto24"/>
+            <w:bookmarkStart w:id="24" w:name="Texto24"/>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
@@ -3736,51 +3738,51 @@
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="006819B1">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="23"/>
+            <w:bookmarkEnd w:id="24"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5B224B17" w14:textId="209C71FD" w:rsidR="006819B1" w:rsidRDefault="006819B1" w:rsidP="00A02220">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:b/>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2CCDCB95" w14:textId="77777777" w:rsidR="006819B1" w:rsidRDefault="006819B1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:b/>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
@@ -3909,51 +3911,51 @@
           <w:p w14:paraId="036E62D8" w14:textId="18A8B2BB" w:rsidR="006819B1" w:rsidRPr="009C32EE" w:rsidRDefault="00593727" w:rsidP="00AA3F37">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto25"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="24" w:name="Texto25"/>
+            <w:bookmarkStart w:id="25" w:name="Texto25"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
@@ -3981,51 +3983,51 @@
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="24"/>
+            <w:bookmarkEnd w:id="25"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00593727" w:rsidRPr="009C32EE" w14:paraId="3D317B5B" w14:textId="77777777" w:rsidTr="00593727">
         <w:trPr>
           <w:trHeight w:val="448"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="505" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="02B1A11C" w14:textId="77777777" w:rsidR="00593727" w:rsidRPr="009C32EE" w:rsidRDefault="00593727" w:rsidP="006819B1">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -4051,51 +4053,51 @@
           <w:p w14:paraId="79FB6A7F" w14:textId="3DCA522A" w:rsidR="00593727" w:rsidRPr="009C32EE" w:rsidRDefault="00593727" w:rsidP="00AA3F37">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="25" w:name="Texto26"/>
+            <w:bookmarkStart w:id="26" w:name="Texto26"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
@@ -4123,51 +4125,51 @@
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="25"/>
+            <w:bookmarkEnd w:id="26"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00593727" w:rsidRPr="009C32EE" w14:paraId="3095A8A3" w14:textId="77777777" w:rsidTr="00593727">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="448"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="813" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7ADD6961" w14:textId="77777777" w:rsidR="00593727" w:rsidRPr="009C32EE" w:rsidRDefault="00593727" w:rsidP="006819B1">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
@@ -4196,51 +4198,51 @@
           <w:p w14:paraId="2E561738" w14:textId="41662900" w:rsidR="00593727" w:rsidRPr="009C32EE" w:rsidRDefault="00593727" w:rsidP="00AA3F37">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="26" w:name="Texto27"/>
+            <w:bookmarkStart w:id="27" w:name="Texto27"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
@@ -4268,51 +4270,51 @@
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="26"/>
+            <w:bookmarkEnd w:id="27"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="669" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5DA04186" w14:textId="77777777" w:rsidR="00593727" w:rsidRPr="009C32EE" w:rsidRDefault="00593727" w:rsidP="006819B1">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C32EE">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
@@ -4333,51 +4335,51 @@
           <w:p w14:paraId="37C58BEC" w14:textId="6FAA2FB6" w:rsidR="00593727" w:rsidRPr="00593727" w:rsidRDefault="00593727" w:rsidP="00AA3F37">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593727">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto28"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="27" w:name="Texto28"/>
+            <w:bookmarkStart w:id="28" w:name="Texto28"/>
             <w:r w:rsidRPr="00593727">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00593727">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00593727">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
@@ -4405,51 +4407,51 @@
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00593727">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="27"/>
+            <w:bookmarkEnd w:id="28"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00593727" w:rsidRPr="009C32EE" w14:paraId="39735ED5" w14:textId="77777777" w:rsidTr="00593727">
         <w:trPr>
           <w:trHeight w:val="448"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="542" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="290D850C" w14:textId="77777777" w:rsidR="00593727" w:rsidRPr="009C32EE" w:rsidRDefault="00593727" w:rsidP="006819B1">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -4477,51 +4479,51 @@
           <w:p w14:paraId="78734F20" w14:textId="0DC44D9C" w:rsidR="00593727" w:rsidRPr="009C32EE" w:rsidRDefault="00593727" w:rsidP="00AA3F37">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto29"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="28" w:name="Texto29"/>
+            <w:bookmarkStart w:id="29" w:name="Texto29"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
@@ -4549,51 +4551,51 @@
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="28"/>
+            <w:bookmarkEnd w:id="29"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1008" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="08504F51" w14:textId="77777777" w:rsidR="00593727" w:rsidRPr="009C32EE" w:rsidRDefault="00593727" w:rsidP="006819B1">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C32EE">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
@@ -4613,51 +4615,51 @@
           <w:p w14:paraId="7AAF7DA0" w14:textId="0F16B86A" w:rsidR="00593727" w:rsidRPr="00593727" w:rsidRDefault="00593727" w:rsidP="00AA3F37">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593727">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto30"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="29" w:name="Texto30"/>
+            <w:bookmarkStart w:id="30" w:name="Texto30"/>
             <w:r w:rsidRPr="00593727">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00593727">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00593727">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
@@ -4685,51 +4687,51 @@
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00593727">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="29"/>
+            <w:bookmarkEnd w:id="30"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00593727" w:rsidRPr="009C32EE" w14:paraId="11A769F8" w14:textId="77777777" w:rsidTr="00593727">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="448"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="610" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="684B43E4" w14:textId="77777777" w:rsidR="00593727" w:rsidRPr="009C32EE" w:rsidRDefault="00593727" w:rsidP="006819B1">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
@@ -4758,51 +4760,51 @@
           <w:p w14:paraId="1A09E706" w14:textId="7A77EF5E" w:rsidR="00593727" w:rsidRPr="009C32EE" w:rsidRDefault="00593727" w:rsidP="00AA3F37">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto31"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="30" w:name="Texto31"/>
+            <w:bookmarkStart w:id="31" w:name="Texto31"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
@@ -4830,51 +4832,51 @@
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="30"/>
+            <w:bookmarkEnd w:id="31"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="pct"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="55905FAF" w14:textId="77777777" w:rsidR="00593727" w:rsidRPr="009C32EE" w:rsidRDefault="00593727" w:rsidP="006819B1">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C32EE">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -4894,51 +4896,51 @@
           <w:p w14:paraId="08F09C43" w14:textId="511F3418" w:rsidR="00593727" w:rsidRPr="00593727" w:rsidRDefault="00593727" w:rsidP="00AA3F37">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593727">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto32"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="31" w:name="Texto32"/>
+            <w:bookmarkStart w:id="32" w:name="Texto32"/>
             <w:r w:rsidRPr="00593727">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00593727">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00593727">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
@@ -4966,51 +4968,51 @@
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00AA3F37">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00593727">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="31"/>
+            <w:bookmarkEnd w:id="32"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5688E86B" w14:textId="77777777" w:rsidR="00B47E3A" w:rsidRPr="009C32EE" w:rsidRDefault="00B47E3A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TabeladeGrelha2"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="142"/>
         <w:gridCol w:w="419"/>
         <w:gridCol w:w="3538"/>
         <w:gridCol w:w="864"/>
@@ -5059,121 +5061,119 @@
           </w:tcPr>
           <w:p w14:paraId="5E990856" w14:textId="59472221" w:rsidR="006250CA" w:rsidRPr="009C32EE" w:rsidRDefault="006250CA" w:rsidP="00F818B2">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Texto77"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="32" w:name="Texto77"/>
+            <w:bookmarkStart w:id="33" w:name="Texto77"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="33" w:name="_GoBack"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
             <w:bookmarkEnd w:id="33"/>
-            <w:r>
-[...6 lines deleted...]
-            <w:bookmarkEnd w:id="32"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00593727" w:rsidRPr="009C32EE" w14:paraId="2D767811" w14:textId="77777777" w:rsidTr="00593727">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="448"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="542" w:type="pct"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6DD050CE" w14:textId="77777777" w:rsidR="00593727" w:rsidRPr="009C32EE" w:rsidRDefault="00593727" w:rsidP="00593727">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
@@ -9166,57 +9166,57 @@
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="66" w:name="Marcar1"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006250CA">
-[...5 lines deleted...]
-            <w:r w:rsidR="006250CA">
+            <w:r w:rsidR="009602E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009602E0">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="66"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="366" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6A706657" w14:textId="178D37C0" w:rsidR="00C4166E" w:rsidRPr="009C32EE" w:rsidRDefault="00C4166E" w:rsidP="00F818B2">
@@ -9290,57 +9290,57 @@
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="67" w:name="Marcar2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006250CA">
-[...5 lines deleted...]
-            <w:r w:rsidR="006250CA">
+            <w:r w:rsidR="009602E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009602E0">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="67"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="386" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="54815F7C" w14:textId="7A9D4469" w:rsidR="00C4166E" w:rsidRPr="009C32EE" w:rsidRDefault="00C4166E" w:rsidP="00F818B2">
@@ -9449,58 +9449,58 @@
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00F338CE">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006250CA">
+            <w:r w:rsidR="009602E0">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="006250CA">
+            <w:r w:rsidR="009602E0">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00F338CE">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="265" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
@@ -9581,58 +9581,58 @@
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00F338CE">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006250CA">
+            <w:r w:rsidR="009602E0">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="006250CA">
+            <w:r w:rsidR="009602E0">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00F338CE">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="326" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
@@ -9943,57 +9943,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006250CA">
-[...5 lines deleted...]
-            <w:r w:rsidR="006250CA">
+            <w:r w:rsidR="009602E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009602E0">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="317" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4F514F4D" w14:textId="77777777" w:rsidR="00F338CE" w:rsidRPr="009C32EE" w:rsidRDefault="00F338CE" w:rsidP="00F818B2">
             <w:pPr>
@@ -10065,57 +10065,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006250CA">
-[...5 lines deleted...]
-            <w:r w:rsidR="006250CA">
+            <w:r w:rsidR="009602E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009602E0">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="333" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="02BB3856" w14:textId="77777777" w:rsidR="00F338CE" w:rsidRPr="009C32EE" w:rsidRDefault="00F338CE" w:rsidP="00F818B2">
             <w:pPr>
@@ -10346,50 +10346,51 @@
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3367" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="63D29EFA" w14:textId="25FA4A63" w:rsidR="00A9729A" w:rsidRPr="00A9729A" w:rsidRDefault="00A9729A" w:rsidP="00F818B2">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9729A">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Pretende vaga para o ano letivo de</w:t>
             </w:r>
             <w:r w:rsidR="00116D16">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1633" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2229DA2D" w14:textId="0B07DED9" w:rsidR="00A9729A" w:rsidRPr="00F338CE" w:rsidRDefault="00A9729A" w:rsidP="00AA3F37">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
@@ -11045,57 +11046,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006250CA">
-[...5 lines deleted...]
-            <w:r w:rsidR="006250CA">
+            <w:r w:rsidR="009602E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009602E0">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="442" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3F87DEF0" w14:textId="77777777" w:rsidR="00A9729A" w:rsidRPr="009C32EE" w:rsidRDefault="00A9729A" w:rsidP="00F818B2">
             <w:pPr>
@@ -11167,57 +11168,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006250CA">
-[...5 lines deleted...]
-            <w:r w:rsidR="006250CA">
+            <w:r w:rsidR="009602E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009602E0">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="466" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4983AB3A" w14:textId="77777777" w:rsidR="00A9729A" w:rsidRPr="009C32EE" w:rsidRDefault="00A9729A" w:rsidP="00F818B2">
             <w:pPr>
@@ -11521,57 +11522,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006250CA">
-[...5 lines deleted...]
-            <w:r w:rsidR="006250CA">
+            <w:r w:rsidR="009602E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009602E0">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="317" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="670E446D" w14:textId="77777777" w:rsidR="008649BB" w:rsidRPr="009C32EE" w:rsidRDefault="008649BB" w:rsidP="00F818B2">
             <w:pPr>
@@ -11643,57 +11644,57 @@
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Marcar2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="006250CA">
-[...5 lines deleted...]
-            <w:r w:rsidR="006250CA">
+            <w:r w:rsidR="009602E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="009602E0">
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="334" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0F9A82EC" w14:textId="77777777" w:rsidR="008649BB" w:rsidRPr="009C32EE" w:rsidRDefault="008649BB" w:rsidP="00F818B2">
             <w:pPr>
@@ -11936,51 +11937,50 @@
       </w:pPr>
       <w:r w:rsidRPr="009C32EE">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>TERMO DE RESPONSABILIDADE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C44EE5A" w14:textId="4097792E" w:rsidR="00A02220" w:rsidRPr="009C32EE" w:rsidRDefault="00A02220" w:rsidP="008649BB">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C32EE">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">O Encarregado de Educação assume inteira responsabilidade nos termos da lei, pela exatidão de todas as declarações constantes deste formulário. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FC42F04" w14:textId="71FC9CCD" w:rsidR="00B47E3A" w:rsidRPr="009C32EE" w:rsidRDefault="00973EA5" w:rsidP="008649BB">
       <w:pPr>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C32EE">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">O Encarregado de Educação declara tomar conhecimento de que esta ficha de pré-inscrição </w:t>
       </w:r>
       <w:r w:rsidRPr="009C32EE">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
           <w:bCs/>
@@ -12579,58 +12579,58 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Marcar3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="76" w:name="Marcar3"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="006250CA">
+      <w:r w:rsidR="009602E0">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="006250CA">
+      <w:r w:rsidR="009602E0">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="76"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A02220" w:rsidRPr="00422946">
@@ -12666,58 +12666,58 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Marcar4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="77" w:name="Marcar4"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="006250CA">
+      <w:r w:rsidR="009602E0">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="006250CA">
+      <w:r w:rsidR="009602E0">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="77"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A02220" w:rsidRPr="00422946">
@@ -12745,58 +12745,58 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Marcar5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="78" w:name="Marcar5"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="006250CA">
+      <w:r w:rsidR="009602E0">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="006250CA">
+      <w:r w:rsidR="009602E0">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="78"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A02220" w:rsidRPr="00422946">
@@ -13083,81 +13083,80 @@
       <w:r w:rsidRPr="00422946">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Os documentos apresentados no âmbito do presente pedido são documentos administrativos, pelo que o acesso aos mesmos se fará em respeito pelo regime de acesso à informação administrativa e ambiental e reutilização dos documentos administrativos (Lei n.º 26/2016, de 22 de agosto)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FACA72C" w14:textId="53AA5543" w:rsidR="00A02220" w:rsidRDefault="00422946" w:rsidP="00973EA5">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Marcar6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="79" w:name="Marcar6"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="006250CA">
+      <w:r w:rsidR="009602E0">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="006250CA">
+      <w:r w:rsidR="009602E0">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="79"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A02220" w:rsidRPr="009C32EE">
@@ -13723,61 +13722,61 @@
       </w:pPr>
       <w:r w:rsidRPr="009C32EE">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Assinatura: ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00A02220" w:rsidRPr="009C32EE" w:rsidSect="00777ACA">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="2" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5AC94F18" w14:textId="77777777" w:rsidR="00F818B2" w:rsidRDefault="00F818B2" w:rsidP="00A02220">
+    <w:p w14:paraId="6ECE2AFC" w14:textId="77777777" w:rsidR="009602E0" w:rsidRDefault="009602E0" w:rsidP="00A02220">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="05F2216D" w14:textId="77777777" w:rsidR="00F818B2" w:rsidRDefault="00F818B2" w:rsidP="00A02220">
+    <w:p w14:paraId="0D0C2F81" w14:textId="77777777" w:rsidR="009602E0" w:rsidRDefault="009602E0" w:rsidP="00A02220">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -13849,207 +13848,196 @@
       <w:tblW w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3641"/>
       <w:gridCol w:w="5911"/>
     </w:tblGrid>
     <w:tr w:rsidR="00F818B2" w:rsidRPr="00B772D9" w14:paraId="415B29C7" w14:textId="77777777" w:rsidTr="00F818B2">
       <w:trPr>
         <w:trHeight w:val="1124"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3641" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="nil"/>
             <w:bottom w:val="nil"/>
             <w:right w:val="nil"/>
           </w:tcBorders>
         </w:tcPr>
-        <w:p w14:paraId="26D92C5B" w14:textId="2E782D03" w:rsidR="00F818B2" w:rsidRPr="00B772D9" w:rsidRDefault="00F818B2" w:rsidP="00777ACA">
+        <w:p w14:paraId="3B1336F6" w14:textId="77777777" w:rsidR="00096C7F" w:rsidRPr="00096C7F" w:rsidRDefault="00096C7F" w:rsidP="00096C7F">
           <w:pPr>
-            <w:widowControl w:val="0"/>
-[...6 lines deleted...]
-            <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:pStyle w:val="SemEspaamento"/>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="16"/>
-              <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00B772D9">
+          <w:r w:rsidRPr="00096C7F">
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="16"/>
-              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Praça da República, 20 – 7240-233 Mourão</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="74876749" w14:textId="77777777" w:rsidR="00F818B2" w:rsidRPr="00B772D9" w:rsidRDefault="00F818B2" w:rsidP="00777ACA">
+        <w:p w14:paraId="6B3059ED" w14:textId="77777777" w:rsidR="00096C7F" w:rsidRPr="00096C7F" w:rsidRDefault="00096C7F" w:rsidP="00096C7F">
           <w:pPr>
-            <w:widowControl w:val="0"/>
-[...6 lines deleted...]
-            <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:pStyle w:val="SemEspaamento"/>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="16"/>
-              <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00B772D9">
+          <w:r w:rsidRPr="00096C7F">
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="16"/>
-              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Tel. (+351) 266 560 010</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="09925F9F" w14:textId="77777777" w:rsidR="00F818B2" w:rsidRPr="00B772D9" w:rsidRDefault="00F818B2" w:rsidP="00777ACA">
+        <w:p w14:paraId="38F6BBC7" w14:textId="77777777" w:rsidR="00096C7F" w:rsidRPr="00096C7F" w:rsidRDefault="00096C7F" w:rsidP="00096C7F">
           <w:pPr>
-            <w:widowControl w:val="0"/>
-[...6 lines deleted...]
-            <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:pStyle w:val="SemEspaamento"/>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="16"/>
-              <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00B772D9">
+          <w:r w:rsidRPr="00096C7F">
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="16"/>
-              <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t>geral@cm-mourao.pt</w:t>
+            <w:t>balcao.unico@cm-mourao.pt</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="4F6B133A" w14:textId="77777777" w:rsidR="00F818B2" w:rsidRPr="00B772D9" w:rsidRDefault="00F818B2" w:rsidP="00777ACA">
+        <w:p w14:paraId="6C8EA3AC" w14:textId="77777777" w:rsidR="00096C7F" w:rsidRPr="00096C7F" w:rsidRDefault="00096C7F" w:rsidP="00096C7F">
           <w:pPr>
-            <w:widowControl w:val="0"/>
-[...6 lines deleted...]
-            <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:pStyle w:val="SemEspaamento"/>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="16"/>
-              <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00B772D9">
+          <w:r w:rsidRPr="00096C7F">
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="16"/>
-              <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>NIPC 501 206 639</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="59CD8850" w14:textId="77777777" w:rsidR="00F818B2" w:rsidRPr="00B772D9" w:rsidRDefault="00F818B2" w:rsidP="00777ACA">
+        <w:p w14:paraId="3729EA48" w14:textId="77777777" w:rsidR="00096C7F" w:rsidRDefault="00096C7F" w:rsidP="00096C7F">
           <w:pPr>
-            <w:widowControl w:val="0"/>
-[...6 lines deleted...]
-            <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:pStyle w:val="SemEspaamento"/>
             <w:rPr>
-              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-              <w:szCs w:val="16"/>
+              <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+              <w:b/>
+              <w:color w:val="002060"/>
+              <w:sz w:val="14"/>
             </w:rPr>
           </w:pPr>
+          <w:r w:rsidRPr="004A7D81">
+            <w:rPr>
+              <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+              <w:b/>
+              <w:color w:val="002060"/>
+              <w:sz w:val="14"/>
+            </w:rPr>
+            <w:t>PRÉ-INSCRIÇÃO</w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+              <w:b/>
+              <w:color w:val="002060"/>
+              <w:sz w:val="14"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidRPr="004A7D81">
+            <w:rPr>
+              <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+              <w:b/>
+              <w:color w:val="002060"/>
+              <w:sz w:val="14"/>
+            </w:rPr>
+            <w:t>CRECHE MUNICIPAL DE MOURÃO</w:t>
+          </w:r>
+        </w:p>
+        <w:p w14:paraId="59CD8850" w14:textId="6C960335" w:rsidR="00F818B2" w:rsidRPr="00096C7F" w:rsidRDefault="00096C7F" w:rsidP="00096C7F">
+          <w:pPr>
+            <w:pStyle w:val="SemEspaamento"/>
+          </w:pPr>
+          <w:r w:rsidRPr="004A7D81">
+            <w:rPr>
+              <w:b/>
+              <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              <w:sz w:val="12"/>
+            </w:rPr>
+            <w:t>MOU_EDU_INSCRECH_V1_2026</w:t>
+          </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5911" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="nil"/>
             <w:bottom w:val="nil"/>
             <w:right w:val="nil"/>
           </w:tcBorders>
           <w:hideMark/>
         </w:tcPr>
-        <w:p w14:paraId="3CF342A6" w14:textId="7322AD2D" w:rsidR="00F818B2" w:rsidRPr="00B772D9" w:rsidRDefault="00F818B2" w:rsidP="00777ACA">
+        <w:p w14:paraId="3CF342A6" w14:textId="3142F6EA" w:rsidR="00F818B2" w:rsidRPr="00B772D9" w:rsidRDefault="00F818B2" w:rsidP="00777ACA">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="center" w:pos="4819"/>
               <w:tab w:val="right" w:pos="9071"/>
             </w:tabs>
             <w:autoSpaceDE w:val="0"/>
             <w:autoSpaceDN w:val="0"/>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00585985">
+          <w:r w:rsidRPr="00096C7F">
             <w:rPr>
-              <w:b/>
               <w:noProof/>
               <w:lang w:eastAsia="pt-PT"/>
             </w:rPr>
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="615E9840" wp14:editId="7C525E17">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="615E9840" wp14:editId="7B245BA6">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>2498090</wp:posOffset>
+                  <wp:posOffset>2174240</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>29210</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="990600" cy="619125"/>
                 <wp:effectExtent l="0" t="0" r="0" b="9525"/>
                 <wp:wrapNone/>
                 <wp:docPr id="24" name="Imagem 24"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Imagem 1"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
@@ -14058,318 +14046,245 @@
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="990600" cy="619125"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
+          <w:r w:rsidR="00096C7F" w:rsidRPr="00096C7F">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>Pág.</w:t>
+          </w:r>
+          <w:r w:rsidR="00096C7F">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
           <w:r w:rsidRPr="00FB4D4E">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00FB4D4E">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:instrText>PAGE  \* Arabic  \* MERGEFORMAT</w:instrText>
           </w:r>
           <w:r w:rsidRPr="00FB4D4E">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="006250CA">
+          <w:r w:rsidR="00823B29">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>1</w:t>
           </w:r>
           <w:r w:rsidRPr="00FB4D4E">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
-          <w:r>
+          <w:r w:rsidR="00096C7F">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:b/>
+              <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t>|</w:t>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidR="00096C7F" w:rsidRPr="00096C7F">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:bCs/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>de</w:t>
+          </w:r>
+          <w:r w:rsidR="00096C7F">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:b/>
+              <w:bCs/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="00FB4D4E">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00FB4D4E">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:instrText>NUMPAGES  \* Arabic  \* MERGEFORMAT</w:instrText>
           </w:r>
           <w:r w:rsidRPr="00FB4D4E">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="006250CA">
+          <w:r w:rsidR="00823B29">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>4</w:t>
           </w:r>
           <w:r w:rsidRPr="00FB4D4E">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
         <w:p w14:paraId="5B50AF1F" w14:textId="40A7AEE8" w:rsidR="00F818B2" w:rsidRPr="00B772D9" w:rsidRDefault="00F818B2" w:rsidP="00777ACA">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:tabs>
               <w:tab w:val="center" w:pos="4819"/>
               <w:tab w:val="right" w:pos="9071"/>
             </w:tabs>
             <w:autoSpaceDE w:val="0"/>
             <w:autoSpaceDN w:val="0"/>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="1C53E46F" w14:textId="536389FB" w:rsidR="00F818B2" w:rsidRDefault="00F818B2" w:rsidP="00777ACA">
+  <w:p w14:paraId="1C53E46F" w14:textId="249E59A7" w:rsidR="00F818B2" w:rsidRDefault="00F818B2" w:rsidP="00096C7F">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
     </w:pPr>
-    <w:r w:rsidRPr="005E540E">
-[...111 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="473ED4AF" w14:textId="77777777" w:rsidR="00F818B2" w:rsidRDefault="00F818B2" w:rsidP="00A02220">
+    <w:p w14:paraId="7A33F43E" w14:textId="77777777" w:rsidR="009602E0" w:rsidRDefault="009602E0" w:rsidP="00A02220">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="210F567F" w14:textId="77777777" w:rsidR="00F818B2" w:rsidRDefault="00F818B2" w:rsidP="00A02220">
+    <w:p w14:paraId="1CE9CA47" w14:textId="77777777" w:rsidR="009602E0" w:rsidRDefault="009602E0" w:rsidP="00A02220">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10077" w:type="dxa"/>
       <w:tblInd w:w="-860" w:type="dxa"/>
       <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2357"/>
       <w:gridCol w:w="7720"/>
     </w:tblGrid>
     <w:tr w:rsidR="00F818B2" w:rsidRPr="00B772D9" w14:paraId="666EB830" w14:textId="77777777" w:rsidTr="00F818B2">
       <w:trPr>
@@ -14472,57 +14387,57 @@
         </w:p>
         <w:p w14:paraId="486B3B9C" w14:textId="77777777" w:rsidR="00F818B2" w:rsidRPr="00B772D9" w:rsidRDefault="00F818B2" w:rsidP="00777ACA">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:autoSpaceDE w:val="0"/>
             <w:autoSpaceDN w:val="0"/>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:ind w:right="284"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00B772D9">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:b/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>Município de Mourão</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="54DABC18" w14:textId="77777777" w:rsidR="00F818B2" w:rsidRPr="00B772D9" w:rsidRDefault="00F818B2" w:rsidP="00777ACA">
+        <w:p w14:paraId="54DABC18" w14:textId="77777777" w:rsidR="00F818B2" w:rsidRPr="00B772D9" w:rsidRDefault="00F818B2" w:rsidP="00823B29">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:autoSpaceDE w:val="0"/>
             <w:autoSpaceDN w:val="0"/>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-            <w:ind w:left="-708" w:right="284" w:firstLine="774"/>
+            <w:ind w:left="-708" w:right="284" w:firstLine="708"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00B772D9">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>www.cm-mourao.pt</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="00F818B2" w:rsidRPr="00B772D9" w14:paraId="50112C58" w14:textId="77777777" w:rsidTr="00F818B2">
       <w:trPr>
         <w:trHeight w:val="291"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="0" w:type="auto"/>
           <w:vMerge/>
@@ -14532,146 +14447,114 @@
         <w:p w14:paraId="409CF09D" w14:textId="77777777" w:rsidR="00F818B2" w:rsidRPr="00B772D9" w:rsidRDefault="00F818B2" w:rsidP="00777ACA">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:autoSpaceDE w:val="0"/>
             <w:autoSpaceDN w:val="0"/>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="7720" w:type="dxa"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="nil"/>
             <w:bottom w:val="nil"/>
             <w:right w:val="nil"/>
           </w:tcBorders>
           <w:hideMark/>
         </w:tcPr>
-        <w:p w14:paraId="5FC79571" w14:textId="77777777" w:rsidR="00F818B2" w:rsidRPr="00B772D9" w:rsidRDefault="00F818B2" w:rsidP="00777ACA">
+        <w:p w14:paraId="425CE2A4" w14:textId="77777777" w:rsidR="00823B29" w:rsidRPr="00823B29" w:rsidRDefault="00823B29" w:rsidP="00823B29">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:autoSpaceDE w:val="0"/>
             <w:autoSpaceDN w:val="0"/>
             <w:adjustRightInd w:val="0"/>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00B772D9">
+          <w:r w:rsidRPr="00823B29">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t>Departamento de Serviços Técnicos, Administração e Sustentabilidade Social</w:t>
+            <w:t>Departamento de Gestão Municipal</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="06BD0B29" w14:textId="7923582E" w:rsidR="00F818B2" w:rsidRPr="00B772D9" w:rsidRDefault="00F818B2" w:rsidP="00777ACA">
+        <w:p w14:paraId="006F8B05" w14:textId="77777777" w:rsidR="00823B29" w:rsidRPr="00823B29" w:rsidRDefault="00823B29" w:rsidP="00823B29">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:autoSpaceDE w:val="0"/>
             <w:autoSpaceDN w:val="0"/>
             <w:adjustRightInd w:val="0"/>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="14"/>
-              <w:szCs w:val="14"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00B772D9">
+          <w:r w:rsidRPr="00823B29">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="14"/>
-              <w:szCs w:val="14"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t>Unidade de</w:t>
-[...23 lines deleted...]
-            <w:t xml:space="preserve"> e Juventude</w:t>
+            <w:t>Unidade de Cultura, Educação, Saúde, Desporto e Juventude</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="1D61E815" w14:textId="6931E83E" w:rsidR="00F818B2" w:rsidRPr="00B772D9" w:rsidRDefault="00F818B2" w:rsidP="00777ACA">
+        <w:p w14:paraId="1D61E815" w14:textId="5234DF56" w:rsidR="00F818B2" w:rsidRPr="00B772D9" w:rsidRDefault="00823B29" w:rsidP="00823B29">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:autoSpaceDE w:val="0"/>
             <w:autoSpaceDN w:val="0"/>
             <w:adjustRightInd w:val="0"/>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="12"/>
               <w:szCs w:val="12"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00B772D9">
+          <w:r w:rsidRPr="00823B29">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="12"/>
-              <w:szCs w:val="12"/>
+              <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t>Serviço de</w:t>
-[...7 lines deleted...]
-            <w:t xml:space="preserve"> Educação</w:t>
+            <w:t>Serviço de Educação</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="57101D80" w14:textId="77777777" w:rsidR="00F818B2" w:rsidRPr="00777ACA" w:rsidRDefault="00F818B2" w:rsidP="00777ACA">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1DC94DE1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F01ACB74"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -15315,133 +15198,137 @@
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="kKOMLGTqQ6PrQyQKd3PBk5d1zRJgjqLrVHM7g0gm/UnzvrIV2pNGO2qjxrP5dgMK8EyzDHLU0mfvVTZFkaL6hw==" w:salt="nO7kkSK2TUQh2Is/roI//g=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="LjiFLRGqi62W0gAyQ3JfBSLb4J8mOCvGBlTN0gPhXRgWyxnivnzx5YEMSxlE5nom9XzRKY/DNSpzKby2eOlJXA==" w:salt="ZADYMCtGl37dj9mVvIUsMg=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A02220"/>
+    <w:rsid w:val="00096C7F"/>
     <w:rsid w:val="000D5ECA"/>
     <w:rsid w:val="00116D16"/>
     <w:rsid w:val="001A249F"/>
     <w:rsid w:val="003B2CBE"/>
     <w:rsid w:val="00422946"/>
     <w:rsid w:val="00455BBC"/>
     <w:rsid w:val="00457F59"/>
     <w:rsid w:val="0056332C"/>
     <w:rsid w:val="00593727"/>
     <w:rsid w:val="005B16ED"/>
     <w:rsid w:val="005B3BBD"/>
     <w:rsid w:val="005E540E"/>
     <w:rsid w:val="006250CA"/>
     <w:rsid w:val="006568A9"/>
     <w:rsid w:val="006819B1"/>
     <w:rsid w:val="00753A11"/>
     <w:rsid w:val="00777ACA"/>
+    <w:rsid w:val="007C1490"/>
+    <w:rsid w:val="00823B29"/>
     <w:rsid w:val="008649BB"/>
     <w:rsid w:val="008B2C97"/>
+    <w:rsid w:val="009602E0"/>
     <w:rsid w:val="00964EE4"/>
     <w:rsid w:val="00973EA5"/>
     <w:rsid w:val="009C32EE"/>
     <w:rsid w:val="009F4B08"/>
     <w:rsid w:val="00A02220"/>
     <w:rsid w:val="00A72580"/>
     <w:rsid w:val="00A9729A"/>
     <w:rsid w:val="00AA3F37"/>
     <w:rsid w:val="00AB48D9"/>
     <w:rsid w:val="00AE69D6"/>
     <w:rsid w:val="00B24442"/>
     <w:rsid w:val="00B420B7"/>
     <w:rsid w:val="00B47E3A"/>
     <w:rsid w:val="00B54E2D"/>
     <w:rsid w:val="00BF1F57"/>
     <w:rsid w:val="00C4166E"/>
     <w:rsid w:val="00C61A99"/>
     <w:rsid w:val="00EC2DDF"/>
     <w:rsid w:val="00F338CE"/>
     <w:rsid w:val="00F818B2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-PT" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="37114632"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{D9BDBAFC-6341-47AB-BBCF-88595E9F9843}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pt-PT" w:eastAsia="en-US" w:bidi="he-IL"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
@@ -16632,50 +16519,65 @@
     <w:rsid w:val="005E540E"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:bidi="ar-SA"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="TextodoMarcadordePosio">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Tipodeletrapredefinidodopargrafo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AE69D6"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:divs>
+    <w:div w:id="154300273">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:expediente@cm-mourao.pt" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cm-mourao.pt" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -16953,83 +16855,83 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D8E64DC9-90D5-44A2-90AE-CA9084CB3172}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D8B345CE-5E61-4C00-9A6F-3EDE3BBCE7F3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>1246</Words>
   <Characters>6732</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>56</Lines>
   <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Ficha de Pré-Incrição Creche Municipal</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Município de Mourão</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>7963</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Ficha de Pré-Incrição Creche Municipal</dc:title>
   <dc:subject/>
   <dc:creator>hugo.lopes@cm-mourao.pt</dc:creator>
-  <cp:keywords/>
-  <dc:description>Mod. 1.2025</dc:description>
+  <cp:keywords>MOU_EDU_INSCRECH_V1_2026</cp:keywords>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category>Educação</cp:category>
 </cp:coreProperties>
 </file>